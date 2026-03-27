--- v0 (2025-10-21)
+++ v1 (2026-03-27)
@@ -492,86 +492,86 @@
             </w:r>
             <w:r w:rsidR="00016AE2" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidR="00A434E6" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00A434E6" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>от</w:t>
             </w:r>
             <w:r w:rsidR="00803E86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>26.11.2024</w:t>
+              <w:t>20.05.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> г.</w:t>
             </w:r>
             <w:r w:rsidR="008D3DCC" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00A34223" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
@@ -652,86 +652,86 @@
             </w:r>
             <w:r w:rsidR="00016AE2" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidR="00A434E6" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00A434E6" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD4074" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>от</w:t>
             </w:r>
             <w:r w:rsidR="00803E86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>22.11.2024</w:t>
+              <w:t>19.05.2025</w:t>
             </w:r>
             <w:r w:rsidR="00A34223" w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A34223" w:rsidRPr="00C10B36" w14:paraId="650236CF" w14:textId="77777777" w:rsidTr="00C10B36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0A1F758C" w14:textId="77777777" w:rsidR="00DD3041" w:rsidRPr="00C10B36" w:rsidRDefault="00DD3041" w:rsidP="00C37CC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -1383,100 +1383,100 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="006844A7" w:rsidRPr="00C32E02">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE" w:rsidRPr="009D6D2B">
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>БЪЛГАРСКИ/РУСКИ</w:t>
+              <w:t>РУСКИ/АНГЛИЙСКИ/БЪЛГАРСКИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C48217C" w14:textId="77777777" w:rsidR="0003321F" w:rsidRPr="00C10B36" w:rsidRDefault="00845130" w:rsidP="00845130">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Версия:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06397DA6" w14:textId="3CC02F5B" w:rsidR="00845130" w:rsidRPr="00C10B36" w:rsidRDefault="008564BE" w:rsidP="00986671">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>v.04/2024</w:t>
+              <w:t>v.05/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="221DE132" w14:textId="77777777" w:rsidR="00A34223" w:rsidRPr="00C10B36" w:rsidRDefault="00A34223" w:rsidP="00A34223">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F54EF16" w14:textId="77777777" w:rsidR="00A34223" w:rsidRPr="00C10B36" w:rsidRDefault="00A34223" w:rsidP="00A34223">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>