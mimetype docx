--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -1383,51 +1383,51 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="006844A7" w:rsidRPr="00C32E02">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008564BE" w:rsidRPr="009D6D2B">
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>БЪЛГАРСКИ</w:t>
+              <w:t>АНГЛИЙСКИ/БЪЛГАРСКИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C48217C" w14:textId="77777777" w:rsidR="0003321F" w:rsidRPr="00C10B36" w:rsidRDefault="00845130" w:rsidP="00845130">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B36">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4191,51 +4191,51 @@
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54FB067F" w14:textId="5846E5D5" w:rsidR="0007480B" w:rsidRPr="00E31CB3" w:rsidRDefault="00CF40F4" w:rsidP="0007480B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>60%</w:t>
+              <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0007480B" w:rsidRPr="00C10B36" w14:paraId="616E9B07" w14:textId="77777777" w:rsidTr="00F21C6D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A44FDE1" w14:textId="77777777" w:rsidR="0007480B" w:rsidRPr="00C10B36" w:rsidRDefault="0007480B" w:rsidP="00301027">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
@@ -4673,51 +4673,51 @@
           <w:tcPr>
             <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379BCA95" w14:textId="2442AC70" w:rsidR="0007480B" w:rsidRPr="00C10B36" w:rsidRDefault="00CF40F4" w:rsidP="0007480B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>60%</w:t>
+              <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0007480B" w:rsidRPr="00C10B36" w14:paraId="31CA375E" w14:textId="77777777" w:rsidTr="00F21C6D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1337AD7A" w14:textId="77777777" w:rsidR="0007480B" w:rsidRPr="00C10B36" w:rsidRDefault="0007480B" w:rsidP="00301027">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
@@ -4888,51 +4888,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0378DD87" w14:textId="3DC0DFA1" w:rsidR="0007480B" w:rsidRPr="00E31CB3" w:rsidRDefault="00CF40F4" w:rsidP="0007480B">
             <w:pPr>
               <w:overflowPunct/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>40%</w:t>
+              <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0007480B" w:rsidRPr="00C10B36" w14:paraId="065188B6" w14:textId="77777777" w:rsidTr="00F21C6D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2904" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="35BAEA3D" w14:textId="77777777" w:rsidR="0007480B" w:rsidRPr="00C10B36" w:rsidRDefault="0007480B" w:rsidP="00301027">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>